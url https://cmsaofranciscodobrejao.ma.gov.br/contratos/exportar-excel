--- v0 (2025-10-20)
+++ v1 (2026-01-15)
@@ -50,398 +50,398 @@
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>006/2025</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>CECMA CONSTRUÇÕES EMPREENDIMENTOS E COMÉRCIO MARANHÃO DO SUL LTDA
 07.412.407/0001-75</t>
   </si>
   <si>
     <t>09/04/2025
 117.189,55</t>
   </si>
   <si>
     <t>09/04/2025 a 08/04/2026</t>
   </si>
   <si>
+    <t>002/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA LEGISLATIVA
+Contratação de pessoa jurídica para a prestação de...</t>
+  </si>
+  <si>
+    <t>M. DA S. MESQUITA SERVIÇOS E TECNOLOGIA
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>24/01/2025
+94.800,00</t>
+  </si>
+  <si>
+    <t>24/01/2025 a 23/01/2026</t>
+  </si>
+  <si>
+    <t>001/2025</t>
+  </si>
+  <si>
+    <t>FERNANDO GRAGNANIN SOCIEDADE INDIVIDUAL DE ADVOCACIA
+35.700.981/0001-64</t>
+  </si>
+  <si>
+    <t>15/01/2025
+72.000,00</t>
+  </si>
+  <si>
+    <t>15/01/2025 a 14/01/2026</t>
+  </si>
+  <si>
+    <t>003/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA LEGISLATIVA
+Aquisição de gêneros alimentícios</t>
+  </si>
+  <si>
+    <t>JCS COMÉRCIO DE PRODUTOS ALIMENTOS E SERVIÇOS EIRELI
+31.701.954/0001-55</t>
+  </si>
+  <si>
+    <t>10/02/2025
+16.133,50</t>
+  </si>
+  <si>
+    <t>10/02/2025 a 31/12/2025</t>
+  </si>
+  <si>
     <t>005/2025</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA
 Aquisição de materiais de Limpeza e Descartavéis</t>
   </si>
   <si>
-    <t>JCS COMÉRCIO DE PRODUTOS ALIMENTOS E SERVIÇOS EIRELI
-[...2 lines deleted...]
-  <si>
     <t>10/02/2025
 29.449,20</t>
   </si>
   <si>
-    <t>10/02/2025 a 31/12/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>004/2025</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA
 Aquisição de materiais de expediente</t>
   </si>
   <si>
     <t>10/02/2025
 42.489,75</t>
   </si>
   <si>
-    <t>003/2025</t>
-[...41 lines deleted...]
-  <si>
     <t>001/2024</t>
   </si>
   <si>
     <t>D J C EMPREENDIMENTO E LOCAÇÕES LTDA
 27.394.633/0001-88</t>
   </si>
   <si>
+    <t xml:space="preserve">05/11/2024
+</t>
+  </si>
+  <si>
+    <t>05/11/2024 a 05/09/2025</t>
+  </si>
+  <si>
     <t>06/09/2024
 112.874,68</t>
   </si>
   <si>
     <t>06/09/2024 a 05/09/2025</t>
   </si>
   <si>
-    <t xml:space="preserve">05/11/2024
-[...3 lines deleted...]
-    <t>05/11/2024 a 05/09/2025</t>
+    <t>003/2023/</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Aquisição de material permanente, destinados a at...</t>
+  </si>
+  <si>
+    <t>IDL COMÉRCIO E SERVIÇOS LTDA
+28.885.603/0001-37</t>
+  </si>
+  <si>
+    <t>19/07/2023
+R$ 80.601,00</t>
+  </si>
+  <si>
+    <t>19/07/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>2º TERMO ADITIVO DO CONTRATO Nº 001/2021/</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+O presente termo aditivo tem como objeto a PRORRO...</t>
+  </si>
+  <si>
+    <t>M DA S MESQUITA SERVIÇOS E TECNOLOGIA ME
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>30/10/2022
+R$ 6.400,00</t>
+  </si>
+  <si>
+    <t>31/10/2022 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>1º TERMO ADITIVO DO CONTRATO Nº 001/2021/</t>
+  </si>
+  <si>
+    <t>30/12/2021
+R$ 32.000,00</t>
+  </si>
+  <si>
+    <t>01/01/2022 a 30/10/2022</t>
+  </si>
+  <si>
+    <t>002/2023/</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Contratação de empresa especializada para prestaç...</t>
+  </si>
+  <si>
+    <t>27/01/2023
+R$ 102.455,91</t>
+  </si>
+  <si>
+    <t>27/01/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>001/2023/</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Contratação de empresa para prestação de serviços...</t>
+  </si>
+  <si>
+    <t>METTA SOFTWARES LTDA
+49.171.207/0001-18</t>
+  </si>
+  <si>
+    <t>27/03/2023
+R$ 100.800,00</t>
+  </si>
+  <si>
+    <t>27/03/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>006/2022/</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Contratação de empresa especializada, para aquisi...</t>
+  </si>
+  <si>
+    <t>R N FERNANDES GOMES
+29.441.327/0001-80</t>
+  </si>
+  <si>
+    <t>01/12/2022
+R$ 15.500,00</t>
+  </si>
+  <si>
+    <t>01/12/2022 a 01/03/2022</t>
+  </si>
+  <si>
+    <t>005/2022/</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Contratação de empresa para Prestação de Serviços...</t>
+  </si>
+  <si>
+    <t>W.C. SERVIÇOS E EMPRENDIMENTOS LTDA
+37.113.308/0001-53</t>
+  </si>
+  <si>
+    <t>04/08/2022
+R$ 99.400,20</t>
+  </si>
+  <si>
+    <t>04/08/2022 a 04/02/2023</t>
+  </si>
+  <si>
+    <t>004/2022/</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Contratação de empresa especializada, para constr...</t>
+  </si>
+  <si>
+    <t>GRAMARMORE ACAI LTDA
+43.556.462/0001-00</t>
+  </si>
+  <si>
+    <t>11/05/2022
+R$ 6.450,00</t>
+  </si>
+  <si>
+    <t>11/05/2022 a 11/11/2022</t>
+  </si>
+  <si>
+    <t>003/2022/</t>
+  </si>
+  <si>
+    <t>M DA S MESQUITA E TECNOLOGIA
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>03/05/2022
+R$ 17.500,00</t>
+  </si>
+  <si>
+    <t>03/05/2022 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>002/2022/</t>
+  </si>
+  <si>
+    <t>CÂMARA MUNICIPAL
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>I DA S MESQUITA COMÉRCIO-ME
+28.885.603/0001-37</t>
+  </si>
+  <si>
+    <t>07/03/2022
+R$ 95.894,91</t>
+  </si>
+  <si>
+    <t>08/03/2022 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>001/2022/</t>
+  </si>
+  <si>
+    <t>E N DE FREITAS REFRIGERAÇÕES
+24.296.706/0001-00</t>
+  </si>
+  <si>
+    <t>02/02/2022
+R$ 17.326,85</t>
+  </si>
+  <si>
+    <t>02/02/2022 a 31/12/2022</t>
   </si>
   <si>
     <t>006/2021/</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>CONSTRUTORA TRIANGULAR LTDA
 07.424.217/0001-78</t>
   </si>
   <si>
     <t>30/11/2021
 R$ 55.980,62</t>
   </si>
   <si>
     <t>30/11/2021 a 30/05/2021</t>
   </si>
   <si>
-    <t>006/2022/</t>
-[...16 lines deleted...]
-  <si>
     <t>005/2021/</t>
-  </si>
-[...2 lines deleted...]
-Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>ECO AÇU TECNOLOGIA EIRELI
 02.014.483/0001-09</t>
   </si>
   <si>
     <t>01/03/2021
 R$ 14.000,00</t>
   </si>
   <si>
     <t>01/03/2021 a 01/12/2021</t>
   </si>
   <si>
-    <t>005/2022/</t>
-[...16 lines deleted...]
-  <si>
     <t>004/2021/</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa para aquisição de equipamen...</t>
   </si>
   <si>
-    <t>I DA S MESQUITA COMÉRCIO-ME
-[...2 lines deleted...]
-  <si>
     <t>01/03/2021
 R$ 20.470,00</t>
   </si>
   <si>
     <t>01/03/2021 a 31/12/2021</t>
   </si>
   <si>
-    <t>004/2022/</t>
-[...16 lines deleted...]
-  <si>
     <t>003/2021/</t>
-  </si>
-[...2 lines deleted...]
-Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>01/03/2021
 R$ 61.499,25</t>
   </si>
   <si>
-    <t>003/2022/</t>
-[...30 lines deleted...]
-  <si>
     <t>002/2021/</t>
   </si>
   <si>
     <t>IMPERATRIZ VARIEDADES EIRELI
 03.980.665/0001-05</t>
   </si>
   <si>
     <t>01/03/2021
 R$ 22.852,27</t>
   </si>
   <si>
-    <t>002/2022/</t>
-[...40 lines deleted...]
-  <si>
     <t>001/2021/</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Contratação de empresa especializada, para a prest...</t>
   </si>
   <si>
     <t>M DA S MESQUITA SERVIÇOS E TECNOLOGIA-ME
 16.799.630/0001-08</t>
   </si>
   <si>
     <t>01/03/2021
 R$ 32.000,00</t>
-  </si>
-[...36 lines deleted...]
-    <t>01/01/2022 a 30/10/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -785,472 +785,547 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
+      <c r="A2">
+        <v>25</v>
+      </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
+      <c r="A3">
+        <v>24</v>
+      </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
+      <c r="A4">
+        <v>23</v>
+      </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:6">
+      <c r="A5">
+        <v>22</v>
+      </c>
       <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>21</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
         <v>19</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...46 lines deleted...]
-    <row r="8" spans="1:6">
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
+      <c r="A9">
+        <v>18</v>
+      </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:6">
+      <c r="A10">
+        <v>17</v>
+      </c>
       <c r="B10" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:6">
+      <c r="A11">
+        <v>16</v>
+      </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:6">
+      <c r="A12">
+        <v>15</v>
+      </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="F12" t="s">
         <v>49</v>
       </c>
-      <c r="E12" s="1" t="s">
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>14</v>
+      </c>
+      <c r="B13" t="s">
         <v>50</v>
       </c>
-      <c r="F12" t="s">
+      <c r="C13" s="1" t="s">
         <v>51</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" t="s">
+      <c r="D13" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="F13" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="1" t="s">
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14" t="s">
         <v>54</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="F13" t="s">
+      <c r="D14" s="1" t="s">
         <v>56</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+      <c r="E14" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="F14" t="s">
         <v>58</v>
       </c>
-      <c r="D14" s="1" t="s">
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>12</v>
+      </c>
+      <c r="B15" t="s">
         <v>59</v>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="F14" t="s">
+      <c r="D15" s="1" t="s">
         <v>61</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" t="s">
+      <c r="E15" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="F15" t="s">
         <v>63</v>
       </c>
-      <c r="D15" s="1" t="s">
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>11</v>
+      </c>
+      <c r="B16" t="s">
         <v>64</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="F15" t="s">
+      <c r="D16" s="1" t="s">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" t="s">
+      <c r="E16" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="F16" t="s">
         <v>68</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="1" t="s">
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
         <v>69</v>
       </c>
-      <c r="F16" t="s">
-[...4 lines deleted...]
-      <c r="B17" t="s">
+      <c r="C17" s="1" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F17" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:6">
+      <c r="A18">
+        <v>9</v>
+      </c>
       <c r="B18" t="s">
         <v>74</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="F18" t="s">
         <v>77</v>
       </c>
-      <c r="F18" t="s">
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
         <v>78</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" t="s">
+      <c r="C19" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>81</v>
       </c>
       <c r="F19" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:6">
+      <c r="A20">
+        <v>7</v>
+      </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:6">
+      <c r="A21">
+        <v>6</v>
+      </c>
       <c r="B21" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F21" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:6">
+      <c r="A22">
+        <v>5</v>
+      </c>
       <c r="B22" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F22" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:6">
+      <c r="A23">
+        <v>4</v>
+      </c>
       <c r="B23" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F23" t="s">
-        <v>61</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:6">
+      <c r="A24">
+        <v>3</v>
+      </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="D24" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" t="s">
         <v>99</v>
       </c>
-      <c r="E24" s="1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="25" spans="1:6">
+      <c r="A25">
+        <v>2</v>
+      </c>
       <c r="B25" t="s">
         <v>102</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="F25" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>1</v>
+      </c>
+      <c r="B26" t="s">
         <v>105</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C26" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="1" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F26" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">