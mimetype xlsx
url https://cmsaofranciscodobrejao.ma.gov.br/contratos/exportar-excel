--- v1 (2026-01-15)
+++ v2 (2026-03-28)
@@ -12,111 +12,187 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
+  </si>
+  <si>
+    <t>005/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA LEGISLATIVA
+Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>COMÉRCIO DE PRODUTOS ALIMENTICIOS E SERVIÇOS R. G. LTDA.
+26.157.840/0001-56</t>
+  </si>
+  <si>
+    <t>04/03/2026
+20.743,80</t>
+  </si>
+  <si>
+    <t>04/03/2026 a 31/12/2026</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA LEGISLATIVA
+Contratação de empresa especializada no fomeciment...</t>
+  </si>
+  <si>
+    <t>COMÉRCIO DE PRODUTOS ALIMENTICIOS E SERVIÇOS R. G. LTDA.
+26157840000156</t>
+  </si>
+  <si>
+    <t>04/03/2026
+36.196,50</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026
+42.066,90</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA LEGISLATIVA
+Contratação de empresa especializada na locação de...</t>
+  </si>
+  <si>
+    <t>M. DAS. MESQUITA SERVIÇOS E TECNOLOGIA
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>27/02/2026
+60.000,00</t>
+  </si>
+  <si>
+    <t>27/02/2026 a 27/02/2027</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA LEGISLATIVA
+Contratação de empresa especializada em tecnologia...</t>
+  </si>
+  <si>
+    <t>M. DA S. MESQUITA SERvlços E TECNOLOGIA
+16799630000108</t>
+  </si>
+  <si>
+    <t>001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA LEGISLATIVA
+Contratação de pessoa jurídica para a prestação de...</t>
+  </si>
+  <si>
+    <t>FERNANDO GRAGNANIN SOCIEDADE INDIVIDUAL DE ADVOCACIA
+35.700.981/0001-64</t>
+  </si>
+  <si>
+    <t>13/01/2026
+72.000,00</t>
+  </si>
+  <si>
+    <t>13/01/2026 a 13/01/2027</t>
   </si>
   <si>
     <t>006/2025</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>CECMA CONSTRUÇÕES EMPREENDIMENTOS E COMÉRCIO MARANHÃO DO SUL LTDA
 07.412.407/0001-75</t>
   </si>
   <si>
     <t>09/04/2025
 117.189,55</t>
   </si>
   <si>
     <t>09/04/2025 a 08/04/2026</t>
   </si>
   <si>
     <t>002/2025</t>
   </si>
   <si>
-    <t>SECRETARIA LEGISLATIVA
-[...2 lines deleted...]
-  <si>
     <t>M. DA S. MESQUITA SERVIÇOS E TECNOLOGIA
 16.799.630/0001-08</t>
   </si>
   <si>
     <t>24/01/2025
 94.800,00</t>
   </si>
   <si>
     <t>24/01/2025 a 23/01/2026</t>
-  </si>
-[...5 lines deleted...]
-35.700.981/0001-64</t>
   </si>
   <si>
     <t>15/01/2025
 72.000,00</t>
   </si>
   <si>
     <t>15/01/2025 a 14/01/2026</t>
   </si>
   <si>
     <t>003/2025</t>
   </si>
   <si>
     <t>SECRETARIA LEGISLATIVA
 Aquisição de gêneros alimentícios</t>
   </si>
   <si>
     <t>JCS COMÉRCIO DE PRODUTOS ALIMENTOS E SERVIÇOS EIRELI
 31.701.954/0001-55</t>
   </si>
   <si>
     <t>10/02/2025
 16.133,50</t>
   </si>
   <si>
     <t>10/02/2025 a 31/12/2025</t>
@@ -756,576 +832,693 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F26"/>
+  <dimension ref="A1:F32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E26" sqref="E26"/>
+      <selection activeCell="E32" sqref="E32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="F5" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="F7" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="D10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="F10" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="B12" t="s">
+        <v>46</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="F12" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
+        <v>49</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="F14" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="F16" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="F17" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="F18" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B19" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="F19" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B20" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F20" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F21" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>55</v>
+        <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="F23" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B24" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F24" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="B25" t="s">
+        <v>99</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E25" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="1" t="s">
+      <c r="F25" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
+        <v>7</v>
+      </c>
+      <c r="B26" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="F26" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>6</v>
+      </c>
+      <c r="B27" t="s">
+        <v>108</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="F27" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>5</v>
+      </c>
+      <c r="B28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="F28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>4</v>
+      </c>
+      <c r="B29" t="s">
+        <v>117</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F29" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>3</v>
+      </c>
+      <c r="B30" t="s">
+        <v>121</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="F30" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>2</v>
+      </c>
+      <c r="B31" t="s">
+        <v>123</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="F31" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32">
         <v>1</v>
       </c>
-      <c r="B26" t="s">
-[...12 lines deleted...]
-        <v>99</v>
+      <c r="B32" t="s">
+        <v>126</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="F32" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">